--- v0 (2025-12-03)
+++ v1 (2026-01-21)
@@ -1,131 +1,179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3ACFA826" w14:textId="59975312" w:rsidR="00DE4342" w:rsidRDefault="004D5986" w:rsidP="004D5986">
+    <w:p w14:paraId="3ACFA826" w14:textId="6B764A92" w:rsidR="00DE4342" w:rsidRDefault="004D5986" w:rsidP="004D5986">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D5986">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>RELAÇÃO DE ESTAGIÁRIOS</w:t>
       </w:r>
       <w:r w:rsidR="0071394A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00585463">
+      <w:r w:rsidR="0079543A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B727E10" w14:textId="77777777" w:rsidR="004D5986" w:rsidRDefault="004D5986" w:rsidP="004D5986">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="025B17DD" w14:textId="1F44AADF" w:rsidR="004D5986" w:rsidRPr="004D5986" w:rsidRDefault="0071394A" w:rsidP="004D5986">
+    <w:p w14:paraId="025B17DD" w14:textId="2EE283FC" w:rsidR="004D5986" w:rsidRPr="004D5986" w:rsidRDefault="0071394A" w:rsidP="004D5986">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Não há contratos de estágio vigentes </w:t>
+        <w:t>Não h</w:t>
+      </w:r>
+      <w:r w:rsidR="0079543A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ouve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contratos de estágio</w:t>
+      </w:r>
+      <w:r w:rsidR="002D32CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vigentes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00585463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>no ano de 2025.</w:t>
+        <w:t>no ano de 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0079543A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00585463">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004D5986" w:rsidRPr="004D5986">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -265,68 +313,73 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2041126379">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D5986"/>
     <w:rsid w:val="00210874"/>
+    <w:rsid w:val="002D32CC"/>
+    <w:rsid w:val="00454328"/>
     <w:rsid w:val="004D5986"/>
     <w:rsid w:val="00585463"/>
     <w:rsid w:val="0071394A"/>
+    <w:rsid w:val="0079543A"/>
     <w:rsid w:val="00997161"/>
+    <w:rsid w:val="00A2420B"/>
     <w:rsid w:val="00DE4342"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1028,72 +1081,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>12</Words>
-  <Characters>70</Characters>
+  <Words>13</Words>
+  <Characters>72</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>81</CharactersWithSpaces>
+  <CharactersWithSpaces>84</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Usuário</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>