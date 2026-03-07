--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -1,88 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1983BC84" w14:textId="7281C703" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
+    <w:p w14:paraId="1983BC84" w14:textId="656CA5B1" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LICITAÇÕES E CONTRATOS ATÉ 0</w:t>
       </w:r>
-      <w:r w:rsidR="0034720D">
-[...5 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="006B4562">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="005C46F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>01</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="005C46F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE3CFF8" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -108,61 +116,175 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LICITAÇÕES - 202</w:t>
       </w:r>
       <w:r w:rsidR="005C46F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F13C7DD" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E74991" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
-[...9 lines deleted...]
-        <w:t>- Pregão Presencial nº 010/2023 – Contratação de empresa para prestação de serviços de limpeza para a Câmara de Vereadores (10 h semanais).</w:t>
+    <w:p w14:paraId="64E74991" w14:textId="44CBEAD8" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Pregão </w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eletrônico</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nº 0</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contrato nº 03/2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2" w:rsidRPr="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Contratação de empresa para prestação de serviços de limpeza para a Câmara de Vereadores (1</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h semanais).</w:t>
+      </w:r>
+      <w:r w:rsidR="007715F2" w:rsidRPr="007715F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135187BC" w14:textId="77777777" w:rsidR="001C1687" w:rsidRDefault="001C1687">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546E147E" w14:textId="4BBFB4EB" w:rsidR="007715F2" w:rsidRPr="007715F2" w:rsidRDefault="007715F2">
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Pregão Eletrônico nº 040/2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contrato nº 02/2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Prestação de serviços de gerenciamento e fornecimento de cartões do tipo vale-alimentação aos servidores da Câmara.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FE2941" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C815378" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>http://pmsscai.multi24h.com.br/multi24/sistemas/transparencia/?entidade=1&amp;secao=licitacoes&amp;sub=info_licitacao</w:t>
         </w:r>
       </w:hyperlink>
@@ -238,150 +360,95 @@
       <w:r>
         <w:t>cação não residencial – FGL Lamb Empreendimentos Imobiliários LTDA - EPP – R$ 5.316,57 mensais (venc. 23/12/202</w:t>
       </w:r>
       <w:r w:rsidR="00655B1E">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C974FDB" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85"/>
     <w:p w14:paraId="13DF6179" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
       <w:r>
         <w:t>- IGAM – Instituto Gamma de Assessoria a Órgãos Públicos – Assinatura de informativos IGAM de atualizações mensais - R$ 1.</w:t>
       </w:r>
       <w:r w:rsidR="00BC0FB0">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="005E0821">
         <w:t>67,87</w:t>
       </w:r>
       <w:r w:rsidR="00933AA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>mensais (venc. Jun/202</w:t>
+        <w:t xml:space="preserve">mensais (venc. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Jun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00BC0FB0">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Aditivo 0</w:t>
       </w:r>
       <w:r w:rsidR="00BC0FB0">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ao contrato 01/2021);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAB1B6C" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85"/>
-[...11 lines deleted...]
-        <w:t>5</w:t>
+    <w:p w14:paraId="58949C0E" w14:textId="77777777" w:rsidR="000D7C85" w:rsidRDefault="000D7C85"/>
+    <w:p w14:paraId="5833A7EA" w14:textId="0F8BE2DA" w:rsidR="000D7C85" w:rsidRDefault="003A7769">
+      <w:r>
+        <w:t>-  GEGO ESTRATÉGIOS DIGITAIS LTDA - Prestação de serviços de assessoria de comunicação para a Câmara, no suporte técnico operacional para o desenvolvimento de estratégias de comunicação - R$ 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95A64">
+        <w:t>744,31</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mensais (venc. 01/02/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95A64">
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Aditivo 0</w:t>
       </w:r>
-      <w:r w:rsidR="003350F7">
-[...17 lines deleted...]
-      <w:r w:rsidR="00EE0204">
+      <w:r w:rsidR="00C95A64">
         <w:t>4</w:t>
       </w:r>
       <w:r>
-        <w:t>,</w:t>
-[...44 lines deleted...]
-        <w:t>Prestação de serviços de estudo técnico e emissão de pareceres sobre as sugestões de alterações apresentadas ao Projeto do Plano Diretor de São Sebastião do Caí – R$ 16.500,00.</w:t>
+        <w:t xml:space="preserve"> ao contrato 001/2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F10689F" w14:textId="77777777" w:rsidR="00EE0204" w:rsidRDefault="00EE0204"/>
     <w:p w14:paraId="002A1B39" w14:textId="2CE7DDF5" w:rsidR="0052219F" w:rsidRDefault="0052219F" w:rsidP="0052219F">
       <w:r>
         <w:t xml:space="preserve">- DUTRA E SCHVADE SEIBEL ADVOGADOS ASSOCIADOS – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Monserrat extra ligth" w:hAnsi="Monserrat extra ligth" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC508C">
         <w:rPr>
           <w:rFonts w:ascii="Monserrat extra ligth" w:hAnsi="Monserrat extra ligth" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>restação na área jurídica, consistentes no acompanhamento processual, representação judicial e defesa da Administração Legislativa Municipal</w:t>
       </w:r>
       <w:r w:rsidR="00EC7F25">
         <w:rPr>
@@ -391,52 +458,79 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00EC7F25">
         <w:t xml:space="preserve">até </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">R$ </w:t>
       </w:r>
       <w:r w:rsidR="00EC7F25">
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EC7F25">
         <w:t>252</w:t>
       </w:r>
       <w:r>
         <w:t>,00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3005CF71" w14:textId="77777777" w:rsidR="0052219F" w:rsidRDefault="0052219F"/>
-    <w:sectPr w:rsidR="0052219F" w:rsidSect="000D7C85">
+    <w:p w14:paraId="27DAFA11" w14:textId="77777777" w:rsidR="008D0202" w:rsidRDefault="008D0202" w:rsidP="0052219F"/>
+    <w:p w14:paraId="32D413F0" w14:textId="57F75CF8" w:rsidR="008D0202" w:rsidRDefault="008D0202" w:rsidP="0052219F">
+      <w:r>
+        <w:t>-GARDEN CONSULTORIA PROJETOS E GESTÃO LTDA – Prestação de serviços de elaboração de Projetos de Lei destinados à alteração do Plano Diretor de São Sebastião do Caí – R$ 13.500,00 (venc. 19/04/2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542DC111" w14:textId="1A62C073" w:rsidR="001C1687" w:rsidRDefault="001C1687" w:rsidP="0052219F"/>
+    <w:p w14:paraId="7775B454" w14:textId="389085DB" w:rsidR="001C1687" w:rsidRPr="007715F2" w:rsidRDefault="001C1687" w:rsidP="001C1687">
+      <w:r>
+        <w:t xml:space="preserve">- BIQ BENEFÍCIOS LTDA - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Prestação de serviços de gerenciamento e fornecimento de cartões do tipo vale-alimentação aos servidores da Câmara.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (venc. 06/02/2029)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D589F9" w14:textId="7993F086" w:rsidR="001C1687" w:rsidRDefault="001C1687" w:rsidP="0052219F"/>
+    <w:p w14:paraId="400B5B00" w14:textId="11884AED" w:rsidR="007715F2" w:rsidRDefault="007715F2" w:rsidP="007715F2">
+      <w:r>
+        <w:t>- INTERCLEAN SOLUÇÕES EM LIMPEZA LTDA – Prestação de serviços de limpeza (12 horas semanais) - R$ 1.470,83 mensais (venc. 06/02/202</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1687">
+        <w:t>7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBBA73B" w14:textId="77777777" w:rsidR="007715F2" w:rsidRDefault="007715F2"/>
+    <w:sectPr w:rsidR="007715F2" w:rsidSect="000D7C85">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -468,91 +562,102 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D7C85"/>
     <w:rsid w:val="000663FC"/>
     <w:rsid w:val="000D7C85"/>
     <w:rsid w:val="001912EB"/>
+    <w:rsid w:val="001C1687"/>
     <w:rsid w:val="00267083"/>
     <w:rsid w:val="00311116"/>
     <w:rsid w:val="003350F7"/>
     <w:rsid w:val="0034720D"/>
     <w:rsid w:val="00372993"/>
     <w:rsid w:val="003A7769"/>
     <w:rsid w:val="003F7AAC"/>
     <w:rsid w:val="00400FBB"/>
     <w:rsid w:val="00460627"/>
     <w:rsid w:val="004A645E"/>
     <w:rsid w:val="0052219F"/>
     <w:rsid w:val="00541FDD"/>
     <w:rsid w:val="00586607"/>
+    <w:rsid w:val="00591E99"/>
     <w:rsid w:val="005C46F9"/>
     <w:rsid w:val="005E0821"/>
     <w:rsid w:val="00655B1E"/>
+    <w:rsid w:val="006A220F"/>
+    <w:rsid w:val="006B4562"/>
+    <w:rsid w:val="007715F2"/>
     <w:rsid w:val="00803B0F"/>
+    <w:rsid w:val="008D0202"/>
     <w:rsid w:val="00920B56"/>
     <w:rsid w:val="00933AA0"/>
+    <w:rsid w:val="009E6543"/>
+    <w:rsid w:val="00A440EA"/>
+    <w:rsid w:val="00AF7552"/>
     <w:rsid w:val="00BC0FB0"/>
     <w:rsid w:val="00BC49C5"/>
     <w:rsid w:val="00BD74BD"/>
     <w:rsid w:val="00C770F2"/>
     <w:rsid w:val="00C92ACF"/>
+    <w:rsid w:val="00C95A64"/>
     <w:rsid w:val="00D32B2A"/>
     <w:rsid w:val="00D55855"/>
     <w:rsid w:val="00D77E9A"/>
     <w:rsid w:val="00DA3A46"/>
     <w:rsid w:val="00DB57B8"/>
     <w:rsid w:val="00E14829"/>
     <w:rsid w:val="00E406EF"/>
     <w:rsid w:val="00EC7F25"/>
     <w:rsid w:val="00EE0204"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -959,51 +1064,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E1318"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -1291,70 +1395,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>314</Words>
-  <Characters>1699</Characters>
+  <Words>301</Words>
+  <Characters>1631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2009</CharactersWithSpaces>
+  <CharactersWithSpaces>1929</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Usuario</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pt-BR</dc:language>
 </cp:coreProperties>
 </file>